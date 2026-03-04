--- v0 (2026-01-11)
+++ v1 (2026-03-04)
@@ -12,1612 +12,2214 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <!-- Generated by Aspose.Words for .NET 24.10.0 -->
   <w:body>
-    <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="24DFECAD" w14:textId="77777777">
+    <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="24DFECAD" w14:textId="265C2FD0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:caps w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00931751">
+      <w:bookmarkStart w:id="0" w:name="_Hlk219362970"/>
+      <w:r w:rsidRPr="004512E5">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>NOTIFICATION</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="724"/>
-        <w:gridCol w:w="8518"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="8532"/>
       </w:tblGrid>
-      <w:tr w14:paraId="27162E41" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="27162E41" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="3D8772E1" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="3D8772E1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="104EE6E6" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="104EE6E6" w14:textId="54D9C647">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Membre notifiant:</w:t>
+              <w:t>Notifying Member</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>MAROC</w:t>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OROCCO</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="3DFCD222" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="3DFCD222" w14:textId="7AB0F06A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Le cas échéant, pouvoirs publics locaux concernés:</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>If applicable, name of local government involved:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7B936AD7" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="7B936AD7" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="18F94D88" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="18F94D88" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="2F200CAF" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="2F200CAF" w14:textId="36F4917D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
                 <w:b/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Organisme responsable:</w:t>
+              <w:t>Agency responsible</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> Office National de Sécurité Sanitaire des produits Alimentaires (ONSSA)</w:t>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>ffice National de Sécurité Sanitaire des Produits Alimentaires</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, ONSSA (National Office for Food Safety)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="724AFC2B" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="724AFC2B" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="6176AF11" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="6176AF11" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="21270DD9" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="21270DD9" w14:textId="5FDC8409">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Produits visés (Prière d'indiquer le(s) numéro(s) du tarif figurant dans les listes nationales déposées à l'OMC. Les numéros de l'ICS devraient aussi être indiqués, le cas échéant):</w:t>
+              <w:t>Products covered (provide tariff item number(s) as specified in national schedules deposited with the WTO</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> Bières et boissons spiritueuses</w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>; I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>CS numbers should be provided in addition, where applicable)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>eer and spirits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4DE35485" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="4DE35485" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="41B9029E" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="41B9029E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="71A6511F" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="71A6511F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Régions ou pays susceptibles d'être concernés, si cela est pertinent ou faisable:</w:t>
+              <w:t>Regions or countries likely to be affected, to the extent relevant or practicable:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="1482F76B" w14:textId="77777777">
+          <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="30AE7A3C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="607" w:hanging="607"/>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>[X]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
-              <w:t>Tous les partenaires commerciaux</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>All trading partners</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="7F5A7FBC" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="7F5A7FBC" w14:textId="5307832C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="607" w:hanging="607"/>
               <w:rPr>
                 <w:b/>
                 <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>[ ]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
-              <w:t>Régions ou pays spécifiques:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Specific regions or countries:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1E95B467" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="1E95B467" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="252E4AA9" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="252E4AA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="7BF2EEC9" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="7BF2EEC9" w14:textId="4ECB1F92">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Intitulé du texte notifié:</w:t>
+              <w:t>Title of the notified document</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> Projet de décret relatif à la qualité et à la sécurité sanitaire des bières et des boissons spiritueuses</w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751" w:rsidR="00C55A91">
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
-                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>rojet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>décret</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>Langue(s):</w:t>
+              <w:t>relatif</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
-                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> français</w:t>
+              <w:t xml:space="preserve"> à la </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751" w:rsidR="00C55A91">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
-                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>qualité</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
-                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et à la </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>sécurité</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sanitaire des </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>bières</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et des </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>boissons</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>spiritueuses</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve"> (Draft decree on the quality and the health safety of beer and spirits) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
               </w:rPr>
-              <w:t>Nombre de pages:</w:t>
+              <w:t>Language(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
               <w:rPr>
-                <w:bCs/>
+                <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4</w:t>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>rench</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>umber of pages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="31BF9A78" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="31BF9A78" w14:textId="22A275F9">
             <w:pPr>
               <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00931751">
+              <w:r w:rsidRPr="004512E5">
                 <w:rPr>
-                  <w:color w:val="0000FF"/>
-                  <w:u w:val="single"/>
+                  <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://members.wto.org/crnattachments/2026/SPS/MAR/26_00167_00_f.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1A88387B" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="1A88387B" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="70369FD8" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="70369FD8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="7A9F05CB" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="7A9F05CB" w14:textId="18F19A3C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Teneur:</w:t>
+              <w:t>Description of content</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> Le présent projet de décret a pour objectif de:</w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>he purpose of the notified draft decree is to:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00BC0BA3" w14:paraId="41AE4557" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="41AE4557" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>réviser le cadre réglementaire pour la bière et les boissons spiritueuses obsolète;</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve">revise the outdated regulatory framework for beer and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>spirits;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00BC0BA3" w14:paraId="55A6F98A" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="55A6F98A" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>définir la bière et les boissons spiritueuses;</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve">define beer and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>spirits;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00BC0BA3" w14:paraId="01C0024C" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="01C0024C" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>déterminer les modalités d'étiquetage et de présentation desdits produits;</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve">set out the provisions governing the labelling and presentation of said </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>products;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00BC0BA3" w14:paraId="3E24C4F2" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="3E24C4F2" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>instaurer l'agrément de négoce pour les bières;</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve">institute a trading licence for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>beer;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00BC0BA3" w14:paraId="23A45F9F" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="23A45F9F" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>fixer la durée de validité de l'agrément de négoce des bières et boissons spiritueuses à cinq ans renouvelable à la demande de son titulaire;</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve">set the validity period for a beer and spirits trading license at five years, renewable at the holder's </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>request;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00BC0BA3" w14:paraId="73F509DC" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="73F509DC" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>fixer par arrêté de l'autorité gouvernementale chargée de l'agriculture les caractéristiques de la bière et des boissons spiritueuses ainsi que les dénominations sous lesquelles lesdits produits peuvent être commercialisés et les mentions particulières de leur étiquetage.</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>establish, by order of the government authority responsible for agriculture, the characteristics of beer and spirits, as well as the names under which those products may be marketed and the specific information required on the labels.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4DC26A8B" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="4DC26A8B" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="76EB8E63" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="76EB8E63" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="45C265A6" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="45C265A6" w14:textId="61480CD0">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Objectif et raison d'être: [X] innocuité des produits alimentaires, [ ] santé des animaux, [ ] préservation des végétaux, [ ] protection des personnes contre les maladies ou les parasites des animaux/des plantes, [ ] protection du territoire contre d'autres dommages attribuables à des parasites.</w:t>
+              <w:t>Objective and rationale</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>: [</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">X] food safety, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[ ]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> animal health, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[ ]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plant protection, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[ ]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> protect humans from animal/plant pest or disease, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[ ]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> protect territory from other damage from pests.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="247293F7" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="247293F7" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="367E3D26" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="367E3D26" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00BC0BA3" w14:paraId="23FCAECD" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="23FCAECD" w14:textId="68507EA6">
             <w:pPr>
               <w:spacing w:before="120" w:after="80"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Existe-t-il une norme internationale pertinente? Dans l'affirmative, indiquer laquelle:</w:t>
+              <w:t>Is there a relevant international standard</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>? I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>f so, identify the standard:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00BC0BA3" w14:paraId="2FCAB9B4" w14:textId="77777777">
+          <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="54125126" w14:textId="090C00AE">
             <w:pPr>
               <w:spacing w:after="80"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>[ ]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">Commission du Codex Alimentarius </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
-                <w:i/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>(par exemple, intitulé ou numéro de série de la norme du Codex ou du texte apparenté)</w:t>
+              <w:t xml:space="preserve">Codex Alimentarius Commission </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751" w:rsidR="00C55A91">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(e.g. title or serial number of Codex standard or related text)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00BC0BA3" w14:paraId="0F42EFF5" w14:textId="77777777">
+          <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="6A161935" w14:textId="49E28B3B">
             <w:pPr>
               <w:spacing w:after="80"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>[ ]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">Organisation mondiale de la santé animale (OIE) </w:t>
+              <w:t xml:space="preserve">World Organisation for Animal Health (OIE) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>(par exemple, numéro de chapitre du Code sanitaire pour les animaux terrestres ou du Code sanitaire pour les animaux aquatiques)</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751" w:rsidR="00C55A91">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g. T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>errestrial or Aquatic Animal Health Code, chapter number)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="15FC3B03" w14:textId="77777777">
+          <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="0959CF35" w14:textId="6A441275">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="720" w:hanging="720"/>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>[ ]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">Convention internationale pour la protection des végétaux </w:t>
+              <w:t xml:space="preserve">International Plant Protection Convention </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>(par exemple, numéro de la NIMP)</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751" w:rsidR="00C55A91">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g. I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>SPM No.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00BC0BA3" w14:paraId="08708DA0" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="08708DA0" w14:textId="556ED7BB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>[X]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
-              <w:t>Néant</w:t>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="60F5FB0E" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="60F5FB0E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>La réglementation projetée est-elle conforme à la norme internationale pertinente?</w:t>
+              <w:t>Does this proposed regulation conform to the relevant international standard?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="57AD304F" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="57AD304F" w14:textId="21AB5700">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>[ ] Oui   [ ] Non</w:t>
+              <w:t>[ ]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ye</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[ ]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="2A2339F1" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="2A2339F1" w14:textId="25CAA7AA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
               </w:rPr>
-              <w:t>Dans la négative, indiquer, chaque fois que cela sera possible, en quoi et pourquoi elle diffère de la norme internationale:</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>If no, describe, whenever possible, how and why it deviates from the international standard:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="36569774" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="36569774" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="5AA33429" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="5AA33429" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="4214E309" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="4214E309" w14:textId="09E9CF58">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Autres documents pertinents et langue(s) dans laquelle (lesquelles) ils sont disponibles:</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Other relevant documents and language(s) in which these are available:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5A94F8AD" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="5A94F8AD" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="32FD060C" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="32FD060C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="2FDDCA16" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="2FDDCA16" w14:textId="741F0D48">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Date projetée pour l'adoption </w:t>
+              <w:t xml:space="preserve">Proposed date of adoption </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>(jj/mm/aa)</w:t>
+              <w:t>(dd/mm/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t>yy</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> À déterminer.</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>o be determined</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="6A9E6BA8" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="6A9E6BA8" w14:textId="0364790E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Date projetée pour la publication </w:t>
+              <w:t xml:space="preserve">Proposed date of publication </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>(jj/mm/aa)</w:t>
+              <w:t>(dd/mm/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t>yy</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
-                <w:bCs/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> À déterminer.</w:t>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>o be determined</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0F73DC61" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="0F73DC61" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="2014ED3A" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="2014ED3A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="5DDD7E85" w14:textId="77777777">
+          <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="2D028A41" w14:textId="2A582140">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Date projetée pour l'entrée en vigueur: [X] Six mois à compter de la date de publication, et/ou </w:t>
+              <w:t>Proposed date of entry into force</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>: [</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>X]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Six months from date of publication, and/or (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>(jj/mm/aa)</w:t>
+              <w:t>dd/mm/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>yy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>:</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="154B93DA" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="154B93DA" w14:textId="3410CB19">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="607" w:hanging="607"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>[ ]</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="003D6C35">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
-              <w:t>Mesure de facilitation du commerce</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Trade facilitating measure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4813FF49" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="4813FF49" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="6ADA21F8" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="6ADA21F8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="4D5611CB" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="4D5611CB" w14:textId="3ACE20E1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Date limite pour la présentation des observations: [X] Soixante jours à compter de la date de distribution de la notification et/ou </w:t>
+              <w:t>Final date for comments</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> 10 mars 2026</w:t>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>X]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sixty days from the date of circulation of the notification and/or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(dd/mm/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>yy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
+              <w:t>10 March 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>026</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00931751" w14:paraId="79F56565" w14:textId="77777777">
+          <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="611A94D2" w14:textId="49EC6C1F">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Organisme ou autorité désigné pour traiter les observations: [X] autorité nationale responsable des notifications, [X] point d'information national.</w:t>
+              <w:t>Agency or authority designated to handle comments</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751" w:rsidR="004B534C">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>: [</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Adresse, numéro de fax et adresse électronique (s'il y a lieu) d'un autre organisme:</w:t>
+              <w:t>X] National Notification Authority, [X] National Enquiry Point</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>. A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ddress, fax number and email address (if available) of other body:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00931751" w14:paraId="563FCCED" w14:textId="77777777">
-            <w:r w:rsidRPr="00053BCC">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="563FCCED" w14:textId="53CC18E6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
               <w:t>Division des Accords SPS</w:t>
             </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SPS Agreements Division)</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00053BCC" w:rsidP="00931751" w14:paraId="68A5760A" w14:textId="77777777">
-            <w:r w:rsidRPr="00053BCC">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="68A5760A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
               <w:t>Direction du Contrôle aux frontières et Accords SPS</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:t>Office National de Sécurité Sanitaire des Produits Alimentaires (ONSSA)</w:t>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Directorate of Border Control and SPS Agreements)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00BC0BA3" w:rsidP="00931751" w14:paraId="6E89F7FF" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="2EAE4496" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC0BA3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:t>Office National de Sécurité Sanitaire des Produits Alimentaires</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, ONSSA (National Office for Food Safety)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="6E89F7FF" w14:textId="77777777">
+            <w:r w:rsidRPr="004512E5">
               <w:t>Avenue Hadj Ahmed Cherkaoui</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00BC0BA3" w:rsidP="00931751" w14:paraId="3DFBD2BF" w14:textId="77777777">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="3DFBD2BF" w14:textId="77777777">
+            <w:r w:rsidRPr="004512E5">
               <w:t>Agdal Rabat</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="006259F3" w:rsidP="00931751" w14:paraId="00D0AC74" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="00D0AC74" w14:textId="10F61393">
             <w:pPr>
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006259F3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Tel: +(212 5) 37 67 65 11/13</w:t>
+              <w:t>Tel.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>+212 5) 37 67 65 11/13</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="006259F3" w:rsidP="00931751" w14:paraId="6074810E" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="6074810E" w14:textId="4B574D5D">
             <w:pPr>
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006259F3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>GSM: +(212 6) 73 99 78 17</w:t>
+              <w:t>Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>+212 6) 73 99 78 17</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="006259F3" w:rsidP="00931751" w14:paraId="7087E8A6" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="7087E8A6" w14:textId="6D3743AC">
             <w:pPr>
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006259F3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Fax: +(212 5) 37 68 20 49</w:t>
+              <w:t>Fax</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>+212 5) 37 68 20 49</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="006259F3" w:rsidP="00931751" w14:paraId="28F5298F" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="28F5298F" w14:textId="77200B97">
             <w:pPr>
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006259F3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-mail: </w:t>
+              <w:t>Email:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="006259F3">
+              <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
                 <w:rPr>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:lang w:val="pt-BR"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:t>enquirypoint.spsmar@onssa.gov.ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="006F4C57" w:rsidRPr="00BC0BA3" w:rsidP="00931751" w14:paraId="60481329" w14:textId="77777777">
+          <w:p w:rsidR="006F4C57" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="60481329" w14:textId="2B774754">
             <w:pPr>
               <w:spacing w:after="120"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC0BA3">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Site Web: </w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve">Website: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="00BC0BA3">
+              <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
                 <w:rPr>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:lang w:val="en-GB"/>
+                  <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>http://www.onssa.gov.ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="170E8247" w14:textId="77777777" w:rsidTr="00252E8B">
+      <w:tr w14:paraId="170E8247" w14:textId="77777777" w:rsidTr="004512E5">
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="0000"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00252E8B" w14:paraId="423562DE" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="423562DE" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:tcW w:w="8518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00931751" w:rsidP="00252E8B" w14:paraId="151EC634" w14:textId="77777777">
+          <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="2DAE09C0" w14:textId="5A238F87">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
-            <w:r w:rsidRPr="00931751">
+            <w:r w:rsidRPr="004512E5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Texte(s) disponible(s) auprès de: [X] autorité nationale responsable des notifications, [X] point d'information national. Adresse, numéro de fax et adresse électronique (s'il y a lieu) d'un autre organisme:</w:t>
+              <w:t>Text(s) available from</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>: [</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>X] National Notification Authority, [X] National Enquiry Point</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>. A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004512E5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ddress, fax number and email address (if available) of other body:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00053BCC" w:rsidP="00252E8B" w14:paraId="58A66D6A" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="58A66D6A" w14:textId="08B8C74C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Division des Accords SPS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SPS Agreements Division)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="03C06204" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Direction du Contrôle aux frontières et Accords SPS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Directorate of Border Control and SPS Agreements)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="067CD327" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Office National de Sécurité Sanitaire des Produits Alimentaires</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, ONSSA (National Office for Food Safety)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="7DBD2C45" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>Division des Accords SPS</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>Avenue Hadj Ahmed Cherkaoui</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00053BCC" w:rsidP="00252E8B" w14:paraId="03C06204" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="5D58609B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:r w:rsidRPr="00053BCC">
-              <w:t>Direction du Contrôle aux frontières et Accords SPS</w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t>Agdal Rabat</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00053BCC" w:rsidP="00252E8B" w14:paraId="067CD327" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00BC0BA3" w:rsidP="00252E8B" w14:paraId="7DBD2C45" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="227EF8CC" w14:textId="722DED5A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC0BA3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Avenue Hadj Ahmed Cherkaoui</w:t>
+              <w:t>Tel.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>+212 5) 37 67 65 11/13</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00BC0BA3" w:rsidP="00252E8B" w14:paraId="5D58609B" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="7C1B5F74" w14:textId="39CFBE1E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC0BA3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Agdal Rabat</w:t>
+              <w:t>Mobile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>+212 6) 73 99 78 17</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="006259F3" w:rsidP="00252E8B" w14:paraId="227EF8CC" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="4129F1EE" w14:textId="716A4D79">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006259F3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Tel: +(212 5) 37 67 65 11/13</w:t>
+              <w:t>Fax</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6B18">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>+212 5) 37 68 20 49</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="006259F3" w:rsidP="00252E8B" w14:paraId="7C1B5F74" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="000C6B18" w:rsidP="004512E5" w14:paraId="01331CFE" w14:textId="586FED4F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006259F3">
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>GSM: +(212 6) 73 99 78 17</w:t>
+              <w:t>Email:</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:keepLines/>
+            <w:r w:rsidRPr="000C6B18">
               <w:rPr>
-                <w:lang w:val="pt-BR"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">E-mail: </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="006259F3">
+              <w:r w:rsidRPr="000C6B18" w:rsidR="004512E5">
                 <w:rPr>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:lang w:val="pt-BR"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:t>enquirypoint.spsmar@onssa.gov.ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="005E2B26" w:rsidRPr="00BC0BA3" w:rsidP="00252E8B" w14:paraId="20EBF479" w14:textId="77777777">
+          <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="20EBF479" w14:textId="2E4A3678">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="120"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC0BA3">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Site Web: </w:t>
+            <w:r w:rsidRPr="004512E5">
+              <w:t xml:space="preserve">Website: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="00BC0BA3">
+              <w:r w:rsidRPr="004512E5" w:rsidR="004512E5">
                 <w:rPr>
-                  <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                  <w:lang w:val="en-GB"/>
+                  <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>http://www.onssa.gov.ma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="00337700" w:rsidRPr="00BC0BA3" w:rsidP="00931751" w14:paraId="22A8A53D" w14:textId="77777777">
-[...6 lines deleted...]
-    <w:sectPr w:rsidSect="00BC0BA3">
+    <w:p w:rsidR="00337700" w:rsidRPr="004512E5" w:rsidP="004512E5" w14:paraId="22A8A53D" w14:textId="77777777"/>
+    <w:sectPr w:rsidSect="004512E5">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -1651,809 +2253,766 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:p w:rsidR="005E2B26" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="28EDE485" w14:textId="0E91239E">
+  <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="28EDE485" w14:textId="0E91239E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r>
+    <w:bookmarkStart w:id="5" w:name="_Hlk219362975"/>
+    <w:bookmarkStart w:id="6" w:name="_Hlk219362976"/>
+    <w:r w:rsidRPr="004512E5">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:p w:rsidR="00DD65B2" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="32D60711" w14:textId="633C1F39">
+  <w:p w:rsidR="00DD65B2" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="32D60711" w14:textId="633C1F39">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r>
+    <w:bookmarkStart w:id="7" w:name="_Hlk219362977"/>
+    <w:bookmarkStart w:id="8" w:name="_Hlk219362978"/>
+    <w:r w:rsidRPr="004512E5">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:p w:rsidR="00DD65B2" w:rsidRPr="00931751" w:rsidP="00F03FFA" w14:paraId="5196C51D" w14:textId="77777777">
+  <w:p w:rsidR="004512E5" w14:paraId="3C572DDB" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r w:rsidRPr="00931751">
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:p w:rsidR="00BC0BA3" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="0A06C099" w14:textId="77777777">
+  <w:p w:rsidR="00BC0BA3" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="0A06C099" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:bookmarkStart w:id="1" w:name="_Hlk219362971"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk219362972"/>
+    <w:r w:rsidRPr="004512E5">
       <w:t>G/SPS/N/MAR/116</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BC0BA3" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="5D29C027" w14:textId="77777777">
+  <w:p w:rsidR="00BC0BA3" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="5D29C027" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00BC0BA3" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="337C6290" w14:textId="40176926">
+  <w:p w:rsidR="00BC0BA3" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="337C6290" w14:textId="40176926">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:t xml:space="preserve">- </w:t>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005E2B26" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="554FAFA2" w14:textId="6EBF1458">
+  <w:bookmarkEnd w:id="1"/>
+  <w:bookmarkEnd w:id="2"/>
+  <w:p w:rsidR="005E2B26" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="554FAFA2" w14:textId="48E48109">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:p w:rsidR="00BC0BA3" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="6483C361" w14:textId="77777777">
+  <w:p w:rsidR="00BC0BA3" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="6483C361" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:bookmarkStart w:id="3" w:name="_Hlk219362973"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk219362974"/>
+    <w:r w:rsidRPr="004512E5">
       <w:t>G/SPS/N/MAR/116</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BC0BA3" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="39B1A2CB" w14:textId="77777777">
+  <w:p w:rsidR="00BC0BA3" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="39B1A2CB" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00BC0BA3" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="14002090" w14:textId="2DEB5F3E">
+  <w:p w:rsidR="00BC0BA3" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="14002090" w14:textId="2DEB5F3E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:t xml:space="preserve">- </w:t>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="004512E5">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00BC0BA3">
+    <w:r w:rsidRPr="004512E5">
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DD65B2" w:rsidRPr="00BC0BA3" w:rsidP="00BC0BA3" w14:paraId="1124C4C8" w14:textId="711028F5">
+  <w:bookmarkEnd w:id="3"/>
+  <w:bookmarkEnd w:id="4"/>
+  <w:p w:rsidR="00DD65B2" w:rsidRPr="004512E5" w:rsidP="00BC0BA3" w14:paraId="1124C4C8" w14:textId="3A6BBD15">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
-      <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3794"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3325"/>
+      <w:gridCol w:w="3800"/>
+      <w:gridCol w:w="2119"/>
+      <w:gridCol w:w="3323"/>
     </w:tblGrid>
-    <w:tr w14:paraId="3BCFF1E5" w14:textId="77777777" w:rsidTr="00591A1F">
+    <w:tr w14:paraId="1DB549DB" w14:textId="77777777" w:rsidTr="004512E5">
       <w:tblPrEx>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="240"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3794" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tcW w:w="2053" w:type="pct"/>
           <w:tcMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="5F113759" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="4B8B0DCD" w14:textId="77777777">
           <w:pPr>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:noProof/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="0" w:name="bmkRestricted" w:colFirst="1" w:colLast="1"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5448" w:type="dxa"/>
+          <w:tcW w:w="2947" w:type="pct"/>
           <w:gridSpan w:val="2"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="3285385C" w14:textId="0E64A13E">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="309D4D90" w14:textId="77777777">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:b/>
               <w:color w:val="FF0000"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
-[...6 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:bookmarkEnd w:id="0"/>
-    <w:tr w14:paraId="1D7F5291" w14:textId="77777777" w:rsidTr="00591A1F">
+    <w:tr w14:paraId="72E53814" w14:textId="77777777" w:rsidTr="004512E5">
       <w:tblPrEx>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="213"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3794" w:type="dxa"/>
+          <w:tcW w:w="2053" w:type="pct"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="337FBB2E" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="4EDF2768" w14:textId="0D6D007A">
           <w:pPr>
             <w:jc w:val="left"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
-              <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:pict>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Picture 2" o:spid="_x0000_i2049" type="#_x0000_t75" style="width:187.5pt;height:57pt;visibility:visible">
-                <v:imagedata r:id="rId1" o:title=""/>
+              <v:shape id="_x0000_i2049" type="#_x0000_t75" style="width:190pt;height:56.5pt">
+                <v:imagedata r:id="rId1" o:title="WTO_COLOR_EN"/>
+                <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5448" w:type="dxa"/>
+          <w:tcW w:w="2947" w:type="pct"/>
           <w:gridSpan w:val="2"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="463C9725" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="61F79A3E" w14:textId="77777777">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w14:paraId="26620784" w14:textId="77777777" w:rsidTr="00591A1F">
+    <w:tr w14:paraId="24EB4EAA" w14:textId="77777777" w:rsidTr="004512E5">
       <w:tblPrEx>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="868"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3794" w:type="dxa"/>
+          <w:tcW w:w="2053" w:type="pct"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="388F3C46" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="5EA54542" w14:textId="77777777">
           <w:pPr>
             <w:jc w:val="left"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:noProof/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5448" w:type="dxa"/>
+          <w:tcW w:w="2947" w:type="pct"/>
           <w:gridSpan w:val="2"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w:rsidR="00BC0BA3" w:rsidP="00C16786" w14:paraId="5A02AD6E" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="055EE7B2" w14:textId="6858AB4A">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="1" w:name="bmkSymbols"/>
-          <w:r>
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>G/SPS/N/MAR/116</w:t>
           </w:r>
         </w:p>
-        <w:bookmarkEnd w:id="1"/>
-[...8 lines deleted...]
-        </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w14:paraId="41277C8D" w14:textId="77777777" w:rsidTr="00591A1F">
+    <w:tr w14:paraId="1B288CD6" w14:textId="77777777" w:rsidTr="004512E5">
       <w:tblPrEx>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="240"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3794" w:type="dxa"/>
+          <w:tcW w:w="2053" w:type="pct"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="19C71CD6" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="72358FAB" w14:textId="77777777">
           <w:pPr>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5448" w:type="dxa"/>
+          <w:tcW w:w="2947" w:type="pct"/>
           <w:gridSpan w:val="2"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="06A9F4F8" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="0BD59101" w14:textId="65084022">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="2" w:name="spsDateDistribution"/>
-[...2 lines deleted...]
-          <w:r w:rsidRPr="000A2392">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>9 janvier 2026</w:t>
+            <w:t>9 January 2026</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="3"/>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w14:paraId="3F89D5DE" w14:textId="77777777" w:rsidTr="00591A1F">
+    <w:tr w14:paraId="465DE618" w14:textId="77777777" w:rsidTr="004512E5">
       <w:tblPrEx>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="412"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5917" w:type="dxa"/>
+          <w:tcW w:w="3201" w:type="pct"/>
           <w:gridSpan w:val="2"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="22E1F861" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="7DAFAD6E" w14:textId="4AD9B2F0">
           <w:pPr>
             <w:jc w:val="left"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="4" w:name="bmkSerial"/>
-          <w:r>
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-              <w:b w:val="0"/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:color w:val="FF0000"/>
-              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>(26-0247)</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="4"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3325" w:type="dxa"/>
+          <w:tcW w:w="1799" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="52025BD5" w14:textId="77777777">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="579D3DEF" w14:textId="5A24D41B">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="5" w:name="bmkTotPages"/>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Page:</w:t>
+            <w:t xml:space="preserve">Page: </w:t>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
-[...6 lines deleted...]
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006C02BB">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-              <w:noProof/>
+              <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
-              <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>/</w:t>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+            <w:instrText xml:space="preserve"> NUMPAGES  \# "0" \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006C02BB">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-              <w:noProof/>
+              <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
-              <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidRPr="00931751">
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
-              <w:bCs/>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:bookmarkEnd w:id="5"/>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w14:paraId="14610528" w14:textId="77777777" w:rsidTr="00591A1F">
+    <w:tr w14:paraId="1BD23FCE" w14:textId="77777777" w:rsidTr="004512E5">
       <w:tblPrEx>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="240"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5917" w:type="dxa"/>
+          <w:tcW w:w="3201" w:type="pct"/>
           <w:gridSpan w:val="2"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="113" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="000A2392" w:rsidP="0053030B" w14:paraId="25DE772C" w14:textId="7A3963DB">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="1B51129E" w14:textId="5335C5B8">
           <w:pPr>
             <w:jc w:val="left"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="6" w:name="bmkCommittee"/>
-          <w:r>
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Comité des mesures sanitaires et phytosanitaires</w:t>
+            <w:t>Committee on Sanitary and Phytosanitary Measures</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="6"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3325" w:type="dxa"/>
+          <w:tcW w:w="1799" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="113" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
-          <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00172B05" w:rsidRPr="00931751" w:rsidP="00201F70" w14:paraId="628E9E6F" w14:textId="29721243">
+        <w:p w:rsidR="004512E5" w:rsidRPr="004512E5" w:rsidP="00703F81" w14:paraId="10440075" w14:textId="29B7F641">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:bCs/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="7" w:name="bmkLanguage"/>
-          <w:r>
+          <w:r w:rsidRPr="004512E5">
             <w:rPr>
+              <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               <w:bCs/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Original:</w:t>
+            <w:t>Original: French</w:t>
           </w:r>
-          <w:r>
-[...6 lines deleted...]
-          <w:bookmarkEnd w:id="7"/>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00DD65B2" w:rsidRPr="00931751" w14:paraId="690F9A88" w14:textId="77777777"/>
+  <w:p w:rsidR="00DD65B2" w:rsidRPr="004512E5" w14:paraId="690F9A88" w14:textId="01371D4D"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="71CE5880"/>
+    <w:tmpl w:val="BFAA8040"/>
     <w:name w:val="ListBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2483,53 +3042,53 @@
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1587"/>
         </w:tabs>
         <w:ind w:left="1587" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1927"/>
+          <w:tab w:val="num" w:pos="1928"/>
         </w:tabs>
-        <w:ind w:left="1927" w:hanging="340"/>
+        <w:ind w:left="1928" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
@@ -2549,51 +3108,51 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04104A78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="74427564"/>
+    <w:tmpl w:val="9F8A0F58"/>
     <w:name w:val="LegalHeadings"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:caps/>
         <w:smallCaps w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="space"/>
@@ -2844,95 +3403,182 @@
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="49CC68BC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="138C1C7B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="55F629E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Query"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="53E948C5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="34E491E4"/>
+    <w:tmpl w:val="407AEE8A"/>
     <w:styleLink w:val="ListBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="907"/>
+          <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="907" w:hanging="340"/>
+        <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1247"/>
+          <w:tab w:val="num" w:pos="1701"/>
         </w:tabs>
-        <w:ind w:left="1247" w:hanging="340"/>
+        <w:ind w:left="1701" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1588"/>
         </w:tabs>
         <w:ind w:left="1588" w:hanging="341"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2986,60 +3632,60 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2948"/>
         </w:tabs>
         <w:ind w:left="2948" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3289"/>
         </w:tabs>
         <w:ind w:left="3289" w:hanging="341"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="57454AB1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1A4A0650"/>
+    <w:tmpl w:val="414A20F4"/>
     <w:numStyleLink w:val="LegalHeadings"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="57551E12"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1A4A0650"/>
+    <w:tmpl w:val="414A20F4"/>
     <w:styleLink w:val="LegalHeadings"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -3103,75 +3749,75 @@
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="1"/>
       <w:isLgl/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%7.  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="907"/>
+          <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="907" w:hanging="340"/>
+        <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1247"/>
+          <w:tab w:val="num" w:pos="1701"/>
         </w:tabs>
-        <w:ind w:left="1247" w:hanging="340"/>
+        <w:ind w:left="1701" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="63D526BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5CB60482"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="SummaryText"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3214,51 +3860,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="63D526BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63D526BB"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3367,308 +4013,343 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="257904774">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="662242926">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="755516726">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="311452173">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2093161358">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="875697994">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="57672962">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2030831087">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="599609778">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="57672962">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="10" w16cid:durableId="968167047">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2030831087">
+  <w:num w:numId="11" w16cid:durableId="134881139">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="974212305">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="680743853">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="656543063">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1833763012">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="897984264">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="625545815">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1131483488">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="599609778">
+  <w:num w:numId="19" w16cid:durableId="1114715639">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="968167047">
+  <w:num w:numId="20" w16cid:durableId="1071074244">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="134881139">
+  <w:num w:numId="21" w16cid:durableId="1006514102">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="974212305">
+  <w:num w:numId="22" w16cid:durableId="816148011">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="680743853">
+  <w:num w:numId="23" w16cid:durableId="1612469243">
     <w:abstractNumId w:val="11"/>
-  </w:num>
-[...28 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="678315219">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1659335655">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="591012889">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="750276357">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1586838225">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="690108556">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="596719893">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="996032330">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="132991511">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1195384221">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1337928227">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="464667862">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="369456399">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="450976450">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1010916253">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="450976450">
-[...1 lines deleted...]
-  </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="name"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="567"/>
-  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C55A91"/>
     <w:rsid w:val="000074D5"/>
     <w:rsid w:val="0002424F"/>
     <w:rsid w:val="00053BCC"/>
     <w:rsid w:val="000664BF"/>
     <w:rsid w:val="00067D73"/>
     <w:rsid w:val="00071B26"/>
     <w:rsid w:val="000861DD"/>
     <w:rsid w:val="000A2392"/>
     <w:rsid w:val="000A7098"/>
     <w:rsid w:val="000C3951"/>
+    <w:rsid w:val="000C6B18"/>
     <w:rsid w:val="000C724C"/>
     <w:rsid w:val="000D23F0"/>
     <w:rsid w:val="000D7E07"/>
     <w:rsid w:val="000E24C5"/>
     <w:rsid w:val="000E6903"/>
     <w:rsid w:val="000F3D5B"/>
     <w:rsid w:val="00104D9E"/>
     <w:rsid w:val="00104F29"/>
     <w:rsid w:val="00114B29"/>
     <w:rsid w:val="001171A2"/>
     <w:rsid w:val="00120B96"/>
     <w:rsid w:val="001273FC"/>
     <w:rsid w:val="001338F0"/>
     <w:rsid w:val="0014012F"/>
     <w:rsid w:val="001416F1"/>
     <w:rsid w:val="00172B05"/>
     <w:rsid w:val="0017540C"/>
+    <w:rsid w:val="00180F67"/>
     <w:rsid w:val="001B38A7"/>
     <w:rsid w:val="001B50DF"/>
     <w:rsid w:val="001C7C4F"/>
     <w:rsid w:val="001D7618"/>
+    <w:rsid w:val="001E3947"/>
     <w:rsid w:val="00201F70"/>
     <w:rsid w:val="002149CB"/>
     <w:rsid w:val="002242B5"/>
     <w:rsid w:val="00232A1C"/>
     <w:rsid w:val="0025206D"/>
     <w:rsid w:val="00252E8B"/>
     <w:rsid w:val="00255119"/>
     <w:rsid w:val="002608E2"/>
     <w:rsid w:val="00277E2B"/>
     <w:rsid w:val="00287066"/>
     <w:rsid w:val="00295BF7"/>
     <w:rsid w:val="002B0016"/>
     <w:rsid w:val="002D5A5B"/>
+    <w:rsid w:val="002D7D2C"/>
     <w:rsid w:val="00323664"/>
     <w:rsid w:val="003267CD"/>
     <w:rsid w:val="00334600"/>
     <w:rsid w:val="00337700"/>
     <w:rsid w:val="003422F5"/>
     <w:rsid w:val="00342A86"/>
     <w:rsid w:val="003553C7"/>
     <w:rsid w:val="003704EC"/>
     <w:rsid w:val="00371F55"/>
     <w:rsid w:val="00391847"/>
     <w:rsid w:val="0039202B"/>
     <w:rsid w:val="003A0E78"/>
     <w:rsid w:val="003A19CB"/>
     <w:rsid w:val="003B6D4C"/>
+    <w:rsid w:val="003D6C35"/>
     <w:rsid w:val="003E1162"/>
     <w:rsid w:val="003F0353"/>
     <w:rsid w:val="00410C09"/>
     <w:rsid w:val="00414A70"/>
     <w:rsid w:val="0041737B"/>
     <w:rsid w:val="004311F7"/>
     <w:rsid w:val="004323E9"/>
     <w:rsid w:val="0043612A"/>
+    <w:rsid w:val="004512E5"/>
     <w:rsid w:val="004A030D"/>
     <w:rsid w:val="004B534C"/>
     <w:rsid w:val="004D5FBF"/>
     <w:rsid w:val="0053030B"/>
     <w:rsid w:val="005631BA"/>
     <w:rsid w:val="00571EE1"/>
     <w:rsid w:val="00585782"/>
     <w:rsid w:val="00591A1F"/>
     <w:rsid w:val="00592965"/>
     <w:rsid w:val="005B571A"/>
     <w:rsid w:val="005C18B8"/>
     <w:rsid w:val="005C6D4E"/>
     <w:rsid w:val="005D21E5"/>
     <w:rsid w:val="005E14C9"/>
     <w:rsid w:val="005E2B26"/>
     <w:rsid w:val="005F01D7"/>
-    <w:rsid w:val="0060124B"/>
     <w:rsid w:val="00603837"/>
     <w:rsid w:val="006248DB"/>
-    <w:rsid w:val="006259F3"/>
     <w:rsid w:val="006721AD"/>
     <w:rsid w:val="00674833"/>
     <w:rsid w:val="00696FAD"/>
     <w:rsid w:val="006A2661"/>
     <w:rsid w:val="006A41F1"/>
     <w:rsid w:val="006A4BAD"/>
     <w:rsid w:val="006C02BB"/>
     <w:rsid w:val="006E0C67"/>
     <w:rsid w:val="006E5050"/>
     <w:rsid w:val="006F4C57"/>
     <w:rsid w:val="00701984"/>
+    <w:rsid w:val="00703F81"/>
     <w:rsid w:val="00727F5B"/>
     <w:rsid w:val="00735ADA"/>
     <w:rsid w:val="00744D6F"/>
     <w:rsid w:val="00795114"/>
     <w:rsid w:val="007A761F"/>
     <w:rsid w:val="007B4290"/>
     <w:rsid w:val="007B7BB1"/>
     <w:rsid w:val="007C1623"/>
     <w:rsid w:val="007C4766"/>
     <w:rsid w:val="007D39B5"/>
     <w:rsid w:val="007D6A2A"/>
     <w:rsid w:val="00817E7E"/>
     <w:rsid w:val="00833C90"/>
     <w:rsid w:val="00834FB6"/>
     <w:rsid w:val="008402D9"/>
     <w:rsid w:val="00842D59"/>
     <w:rsid w:val="0085388D"/>
     <w:rsid w:val="00885409"/>
     <w:rsid w:val="00894675"/>
     <w:rsid w:val="008A1305"/>
     <w:rsid w:val="008C6AD2"/>
     <w:rsid w:val="00903A6F"/>
     <w:rsid w:val="00907DE8"/>
     <w:rsid w:val="009112F2"/>
     <w:rsid w:val="0091417D"/>
@@ -3760,51 +4441,51 @@
     <w:rsid w:val="00F325A3"/>
     <w:rsid w:val="00F6594D"/>
     <w:rsid w:val="00F84BAB"/>
     <w:rsid w:val="00F854DF"/>
     <w:rsid w:val="00F94FC2"/>
     <w:rsid w:val="00FC4ECA"/>
     <w:rsid w:val="00FE550F"/>
     <w:rsid w:val="00FF0748"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w14:docId w14:val="25DDA46D"/>
   <w15:docId w15:val="{2238CCEB-9392-47A2-B243-B22134E366B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3821,51 +4502,51 @@
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="6" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="5" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:uiPriority="49"/>
     <w:lsdException w:name="endnote text" w:uiPriority="49"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:uiPriority="39"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:uiPriority="1"/>
     <w:lsdException w:name="List Number" w:uiPriority="49"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:uiPriority="1"/>
-    <w:lsdException w:name="List Bullet 3" w:uiPriority="1"/>
+    <w:lsdException w:name="List Bullet 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="List Bullet 4" w:uiPriority="1"/>
     <w:lsdException w:name="List Bullet 5" w:uiPriority="1"/>
     <w:lsdException w:name="List Number 2" w:uiPriority="49"/>
     <w:lsdException w:name="List Number 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Number 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Number 5" w:uiPriority="49"/>
     <w:lsdException w:name="Title" w:uiPriority="5" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="6" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:uiPriority="1" w:qFormat="1"/>
@@ -4141,2758 +4822,2722 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading2"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="006283"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading3"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="006283"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading4"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="006283"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading5"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="3"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="006283"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading6"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="3"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:color w:val="006283"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="3"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="006283"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="006283"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:i/>
       <w:color w:val="006283"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="006283"/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="26"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:i/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="006283"/>
       <w:sz w:val="18"/>
       <w:u w:val="single"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Answer">
     <w:name w:val="Answer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AnswerChar"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="1077"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AnswerChar">
     <w:name w:val="Answer Char"/>
     <w:link w:val="Answer"/>
     <w:uiPriority w:val="6"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText2Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="3"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1134"/>
+      </w:tabs>
       <w:spacing w:after="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
     <w:name w:val="Body Text 2 Char"/>
     <w:link w:val="BodyText2"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText3Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
     <w:name w:val="Body Text 3 Char"/>
     <w:link w:val="BodyText3"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="006283"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="49"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="5"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="5"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="fr-FR" w:eastAsia="en-GB"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="49"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="49"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
-      <w:lang w:val="fr-FR" w:eastAsia="en-GB"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FollowUp">
     <w:name w:val="FollowUp"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FollowUpChar"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FollowUpChar">
     <w:name w:val="FollowUp Char"/>
     <w:link w:val="FollowUp"/>
     <w:uiPriority w:val="6"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:i/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9027"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="fr-FR" w:eastAsia="en-GB"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FootnoteQuotation">
     <w:name w:val="Footnote Quotation"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="5"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="567" w:right="567" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="5"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9027"/>
       </w:tabs>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="fr-FR" w:eastAsia="en-GB"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="LegalHeadings">
     <w:name w:val="LegalHeadings"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="907"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:qFormat/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1247"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="1587"/>
+        <w:tab w:val="clear" w:pos="1587"/>
+        <w:tab w:val="left" w:pos="1588"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="1927"/>
         <w:tab w:val="left" w:pos="1928"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="59"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListBullets">
     <w:name w:val="ListBullets"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quotation">
     <w:name w:val="Quotation"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="567" w:right="567"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="QuotationDouble">
     <w:name w:val="Quotation Double"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="1134" w:right="1134"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="6"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SummaryHeader">
     <w:name w:val="SummaryHeader"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:color w:val="006283"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SummarySubheader">
     <w:name w:val="SummarySubheader"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="006283"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SummaryText">
     <w:name w:val="SummaryText"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableofAuthorities">
     <w:name w:val="table of authorities"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableofFigures">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="240"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="006283"/>
       <w:kern w:val="28"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="5"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="006283"/>
       <w:kern w:val="28"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="52"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title2">
     <w:name w:val="Title 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:color w:val="006283"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title3">
     <w:name w:val="Title 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:color w:val="006283"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitleCountry">
     <w:name w:val="Title Country"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="006283"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9020"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:right="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="WTOBox1">
     <w:name w:val="WTOBox1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="57" w:type="dxa"/>
         <w:left w:w="113" w:type="dxa"/>
         <w:bottom w:w="57" w:type="dxa"/>
         <w:right w:w="113" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="C9DED4"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="WTOTable1">
     <w:name w:val="WTOTable1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="57" w:type="dxa"/>
+        <w:right w:w="57" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006283"/>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C9DED4"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="WTOTable2">
     <w:name w:val="WTOTable2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="57" w:type="dxa"/>
+        <w:right w:w="57" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitlePublication">
     <w:name w:val="Title Publication"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="49"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="006283"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOAHeading">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteText">
     <w:name w:val="Note Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
       </w:tabs>
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="49"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:shadow="1" w:frame="1"/>
         <w:left w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:shadow="1" w:frame="1"/>
         <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:shadow="1" w:frame="1"/>
         <w:right w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:shadow="1" w:frame="1"/>
       </w:pBdr>
       <w:ind w:left="1152" w:right="1152"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
     <w:name w:val="Body Text First Indent"/>
     <w:basedOn w:val="BodyText"/>
     <w:link w:val="BodyTextFirstIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
     <w:name w:val="Body Text First Indent Char"/>
     <w:link w:val="BodyTextFirstIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
     <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
     <w:name w:val="Body Text First Indent 2"/>
     <w:basedOn w:val="BodyTextIndent"/>
     <w:link w:val="BodyTextFirstIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="360" w:firstLine="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
     <w:name w:val="Body Text First Indent 2 Char"/>
     <w:link w:val="BodyTextFirstIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent3Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
     <w:name w:val="Body Text Indent 3 Char"/>
     <w:link w:val="BodyTextIndent3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Closing">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ClosingChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
     <w:name w:val="Closing Char"/>
     <w:link w:val="Closing"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Date">
     <w:name w:val="Date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="DateChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
     <w:name w:val="Date Char"/>
     <w:link w:val="Date"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DocumentMapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
     <w:name w:val="Document Map Char"/>
     <w:link w:val="DocumentMap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="E-mailSignature">
     <w:name w:val="E-mail Signature"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="E-mailSignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
     <w:name w:val="E-mail Signature Char"/>
     <w:link w:val="E-mailSignature"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:ind w:left="2880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
     <w:name w:val="envelope return"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLAcronym">
     <w:name w:val="HTML Acronym"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLAddress">
     <w:name w:val="HTML Address"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLAddressChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
     <w:name w:val="HTML Address Char"/>
     <w:link w:val="HTMLAddress"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLCite">
     <w:name w:val="HTML Cite"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLCode">
     <w:name w:val="HTML Code"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLDefinition">
     <w:name w:val="HTML Definition"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLKeyboard">
     <w:name w:val="HTML Keyboard"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLSample">
     <w:name w:val="HTML Sample"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLTypewriter">
     <w:name w:val="HTML Typewriter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLVariable">
     <w:name w:val="HTML Variable"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index1">
     <w:name w:val="index 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="180" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index2">
     <w:name w:val="index 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="360" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index3">
     <w:name w:val="index 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="540" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index4">
     <w:name w:val="index 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index5">
     <w:name w:val="index 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="900" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index6">
     <w:name w:val="index 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="1080" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index7">
     <w:name w:val="index 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="1260" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index8">
     <w:name w:val="index 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index9">
     <w:name w:val="index 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="1620" w:hanging="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IndexHeading">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Index1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="59"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="936" w:right="936"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="59"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="C0504D"/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List2">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List3">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List4">
     <w:name w:val="List 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List5">
     <w:name w:val="List 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue3">
     <w:name w:val="List Continue 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue4">
     <w:name w:val="List Continue 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListContinue5">
     <w:name w:val="List Continue 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="49"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="49"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="49"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="49"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="49"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Macro">
     <w:name w:val="macro"/>
     <w:link w:val="MacroTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
     <w:name w:val="Macro Text Char"/>
     <w:link w:val="Macro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="MessageHeader">
     <w:name w:val="Message Header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="MessageHeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
     <w:name w:val="Message Header Char"/>
     <w:link w:val="MessageHeader"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="567"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoteHeading">
     <w:name w:val="Note Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="NoteHeadingChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
     <w:name w:val="Note Heading Char"/>
     <w:link w:val="NoteHeading"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:color w:val="808080"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="59"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Salutation">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SalutationChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
     <w:name w:val="Salutation Char"/>
     <w:link w:val="Salutation"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Signature">
     <w:name w:val="Signature"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SignatureChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
     <w:name w:val="Signature Char"/>
     <w:link w:val="Signature"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="808080"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="C0504D"/>
       <w:u w:val="single"/>
-      <w:lang w:val="fr-FR"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ColorfulGrid">
     <w:name w:val="Colorful Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="73"/>
     <w:rsid w:val="00931751"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -19699,72 +20344,9368 @@
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TitleDate">
     <w:name w:val="Title Date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="00931751"/>
+    <w:rsid w:val="004512E5"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="006283"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1Light">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1LightAccent1">
+    <w:name w:val="Grid Table 1 Light Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1LightAccent2">
+    <w:name w:val="Grid Table 1 Light Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1LightAccent3">
+    <w:name w:val="Grid Table 1 Light Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D6E3BC" w:themeColor="accent3" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1LightAccent4">
+    <w:name w:val="Grid Table 1 Light Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="CCC0D9" w:themeColor="accent4" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="CCC0D9" w:themeColor="accent4" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCC0D9" w:themeColor="accent4" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="CCC0D9" w:themeColor="accent4" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CCC0D9" w:themeColor="accent4" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CCC0D9" w:themeColor="accent4" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1LightAccent5">
+    <w:name w:val="Grid Table 1 Light Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1LightAccent6">
+    <w:name w:val="Grid Table 1 Light Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2">
+    <w:name w:val="Grid Table 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2Accent1">
+    <w:name w:val="Grid Table 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2Accent2">
+    <w:name w:val="Grid Table 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2Accent3">
+    <w:name w:val="Grid Table 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2Accent4">
+    <w:name w:val="Grid Table 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2Accent5">
+    <w:name w:val="Grid Table 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2Accent6">
+    <w:name w:val="Grid Table 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable3">
+    <w:name w:val="Grid Table 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable3Accent1">
+    <w:name w:val="Grid Table 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable3Accent2">
+    <w:name w:val="Grid Table 3 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable3Accent3">
+    <w:name w:val="Grid Table 3 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable3Accent4">
+    <w:name w:val="Grid Table 3 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable3Accent5">
+    <w:name w:val="Grid Table 3 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable3Accent6">
+    <w:name w:val="Grid Table 3 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4">
+    <w:name w:val="Grid Table 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4Accent2">
+    <w:name w:val="Grid Table 4 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4Accent3">
+    <w:name w:val="Grid Table 4 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4Accent4">
+    <w:name w:val="Grid Table 4 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4Accent5">
+    <w:name w:val="Grid Table 4 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4Accent6">
+    <w:name w:val="Grid Table 4 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5Dark">
+    <w:name w:val="Grid Table 5 Dark"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5DarkAccent1">
+    <w:name w:val="Grid Table 5 Dark Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5DarkAccent2">
+    <w:name w:val="Grid Table 5 Dark Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5DarkAccent3">
+    <w:name w:val="Grid Table 5 Dark Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5DarkAccent4">
+    <w:name w:val="Grid Table 5 Dark Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5DarkAccent5">
+    <w:name w:val="Grid Table 5 Dark Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5DarkAccent6">
+    <w:name w:val="Grid Table 5 Dark Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6ColorfulAccent1">
+    <w:name w:val="Grid Table 6 Colorful Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6ColorfulAccent2">
+    <w:name w:val="Grid Table 6 Colorful Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6ColorfulAccent3">
+    <w:name w:val="Grid Table 6 Colorful Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6ColorfulAccent4">
+    <w:name w:val="Grid Table 6 Colorful Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6ColorfulAccent5">
+    <w:name w:val="Grid Table 6 Colorful Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6ColorfulAccent6">
+    <w:name w:val="Grid Table 6 Colorful Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable7Colorful">
+    <w:name w:val="Grid Table 7 Colorful"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable7ColorfulAccent1">
+    <w:name w:val="Grid Table 7 Colorful Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable7ColorfulAccent2">
+    <w:name w:val="Grid Table 7 Colorful Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable7ColorfulAccent3">
+    <w:name w:val="Grid Table 7 Colorful Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable7ColorfulAccent4">
+    <w:name w:val="Grid Table 7 Colorful Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable7ColorfulAccent5">
+    <w:name w:val="Grid Table 7 Colorful Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable7ColorfulAccent6">
+    <w:name w:val="Grid Table 7 Colorful Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hashtag">
+    <w:name w:val="Hashtag"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable1Light">
+    <w:name w:val="List Table 1 Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable1LightAccent1">
+    <w:name w:val="List Table 1 Light Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable1LightAccent2">
+    <w:name w:val="List Table 1 Light Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable1LightAccent3">
+    <w:name w:val="List Table 1 Light Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable1LightAccent4">
+    <w:name w:val="List Table 1 Light Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable1LightAccent5">
+    <w:name w:val="List Table 1 Light Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable1LightAccent6">
+    <w:name w:val="List Table 1 Light Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable2">
+    <w:name w:val="List Table 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable2Accent1">
+    <w:name w:val="List Table 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable2Accent2">
+    <w:name w:val="List Table 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable2Accent3">
+    <w:name w:val="List Table 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable2Accent4">
+    <w:name w:val="List Table 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable2Accent5">
+    <w:name w:val="List Table 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable2Accent6">
+    <w:name w:val="List Table 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable3">
+    <w:name w:val="List Table 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable3Accent1">
+    <w:name w:val="List Table 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable3Accent2">
+    <w:name w:val="List Table 3 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable3Accent3">
+    <w:name w:val="List Table 3 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable3Accent4">
+    <w:name w:val="List Table 3 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable3Accent5">
+    <w:name w:val="List Table 3 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable3Accent6">
+    <w:name w:val="List Table 3 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4">
+    <w:name w:val="List Table 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4Accent1">
+    <w:name w:val="List Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4Accent2">
+    <w:name w:val="List Table 4 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4Accent3">
+    <w:name w:val="List Table 4 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C2D69B" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4Accent4">
+    <w:name w:val="List Table 4 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4Accent5">
+    <w:name w:val="List Table 4 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4Accent6">
+    <w:name w:val="List Table 4 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="FABF8F" w:themeColor="accent6" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable5Dark">
+    <w:name w:val="List Table 5 Dark"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable5DarkAccent1">
+    <w:name w:val="List Table 5 Dark Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable5DarkAccent2">
+    <w:name w:val="List Table 5 Dark Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable5DarkAccent3">
+    <w:name w:val="List Table 5 Dark Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable5DarkAccent4">
+    <w:name w:val="List Table 5 Dark Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable5DarkAccent5">
+    <w:name w:val="List Table 5 Dark Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable5DarkAccent6">
+    <w:name w:val="List Table 5 Dark Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable6Colorful">
+    <w:name w:val="List Table 6 Colorful"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable6ColorfulAccent1">
+    <w:name w:val="List Table 6 Colorful Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable6ColorfulAccent2">
+    <w:name w:val="List Table 6 Colorful Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable6ColorfulAccent3">
+    <w:name w:val="List Table 6 Colorful Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable6ColorfulAccent4">
+    <w:name w:val="List Table 6 Colorful Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable6ColorfulAccent5">
+    <w:name w:val="List Table 6 Colorful Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable6ColorfulAccent6">
+    <w:name w:val="List Table 6 Colorful Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable7Colorful">
+    <w:name w:val="List Table 7 Colorful"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable7ColorfulAccent1">
+    <w:name w:val="List Table 7 Colorful Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable7ColorfulAccent2">
+    <w:name w:val="List Table 7 Colorful Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable7ColorfulAccent3">
+    <w:name w:val="List Table 7 Colorful Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable7ColorfulAccent4">
+    <w:name w:val="List Table 7 Colorful Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable7ColorfulAccent5">
+    <w:name w:val="List Table 7 Colorful Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable7ColorfulAccent6">
+    <w:name w:val="List Table 7 Colorful Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable1">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="41"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable3">
+    <w:name w:val="Plain Table 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="43"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable4">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable5">
+    <w:name w:val="Plain Table 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="45"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SmartHyperlink">
+    <w:name w:val="Smart Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:u w:val="dotted"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SmartLink">
+    <w:name w:val="Smart Link"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="F3F2F1"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTableLight">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="004512E5"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004512E5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Query">
+    <w:name w:val="Query"/>
+    <w:qFormat/>
+    <w:rsid w:val="004512E5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="38"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="22"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteTextSource">
+    <w:name w:val="Note Text Source"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="004512E5"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="240"/>
+      <w:ind w:left="851" w:hanging="851"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://members.wto.org/crnattachments/2026/SPS/MAR/26_00167_00_f.pdf" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquirypoint.spsmar@onssa.gov.ma" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.onssa.gov.ma" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://members.wto.org/crnattachments/2026/SPS/MAR/26_00167_00_f.pdf" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquirypoint.spsmar@onssa.gov.ma" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.onssa.gov.ma/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf" /></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Carter-Johnson\AppData\Roaming\Microsoft\Templates\WTODOCE2012.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20015,111 +29956,109 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <titus xmlns="http://schemas.titus.com/TitusProperties/">
-  <TitusGUID xmlns="">2e0fd095-d8be-43fe-8d24-f01121107cd5</TitusGUID>
+  <TitusGUID xmlns="">b31cc30f-959f-47d5-b569-07b06221df43</TitusGUID>
   <TitusMetadata xmlns="">eyJucyI6Imh0dHA6XC9cL3d3dy50aXR1cy5jb21cL25zXC9Xb3JsZCBUcmFkZSBPcmdhbml6YXRpb24iLCJwcm9wcyI6W3sibiI6IldUT0NMQVNTSUZJQ0FUSU9OIiwidmFscyI6W3sidmFsdWUiOiJQVUJMSUMifV19XX0=</TitusMetadata>
 </titus>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD77C66A-9E1E-4E1E-92FD-4CAD5438335F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.titus.com/TitusProperties/"/>
+    <ds:schemaRef ds:uri=""/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C2A19A4-0AA8-4E18-AE69-3CFED5ACEBEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>WTODOCE2012.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>677</Words>
-  <Characters>3861</Characters>
+  <Words>635</Words>
+  <Characters>3621</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NOTIFICATION NOTIFICATION NOTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>OMC - WTO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4529</CharactersWithSpaces>
+  <CharactersWithSpaces>4248</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NOTIFICATION NOTIFICATION NOTIFICATION</dc:title>
-  <dc:description>LDIMD - DTU</dc:description>
+  <dc:description>LDSD - DTU</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Symbol1">
-    <vt:lpwstr>G/SPS/N/MAR/116</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TitusGUID">
+    <vt:lpwstr>b31cc30f-959f-47d5-b569-07b06221df43</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TitusGUID">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WTOCLASSIFICATION">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WTOCLASSIFICATION">
     <vt:lpwstr>PUBLIC</vt:lpwstr>
   </property>
 </Properties>
 </file>